--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -25,51 +25,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26529"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent>
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Bereiche\Wissen-Schulung\Bündlerliste Verschönerung\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{2C15EEC3-4FE4-455D-A4DE-B1AD03EC9DD5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-103" yWindow="-103" windowWidth="21600" windowHeight="13869" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="2" r:id="rId1"/>
     <sheet name="Tabelle2" sheetId="3" r:id="rId2"/>
     <sheet name="Tabelle3" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Tabelle1!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="461" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="462" uniqueCount="174">
   <si>
     <t>Produktionsart
 production scope</t>
   </si>
   <si>
     <t>Bundesland</t>
   </si>
   <si>
     <t>Ansprechpartner/
 contact person</t>
   </si>
   <si>
     <t>Obst, Gemüse, Kartoffeln
 fruit,vegetables,potatoes</t>
   </si>
   <si>
     <t>Tierproduktion
 animal production</t>
   </si>
   <si>
     <t>Tiertransport
 animal transport</t>
   </si>
   <si>
     <t>Ackerbau
@@ -4954,51 +4954,53 @@
         <v>12</v>
       </c>
       <c r="B77" s="2"/>
       <c r="C77" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="8" t="s">
         <v>39</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="78" ht="85.3" customHeight="true">
       <c r="A78" s="2"/>
       <c r="B78" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C78" s="2"/>
+      <c r="C78" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="D78" s="2"/>
       <c r="E78" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="8" t="s">
         <v>96</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H78" s="3" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="79" ht="85.3" customHeight="true">
       <c r="A79" s="2"/>
       <c r="B79" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="7" t="s">
         <v>13</v>
@@ -5283,66 +5285,66 @@
       <c r="C97" s="18"/>
       <c r="D97" s="18"/>
       <c r="E97" s="18"/>
       <c r="F97" s="18"/>
       <c r="G97" s="18"/>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A98" s="18"/>
       <c r="B98" s="18"/>
       <c r="C98" s="18"/>
       <c r="D98" s="18"/>
       <c r="E98" s="18"/>
       <c r="F98" s="18"/>
       <c r="G98" s="18"/>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A99" s="18"/>
       <c r="B99" s="18"/>
       <c r="C99" s="18"/>
       <c r="D99" s="18"/>
       <c r="E99" s="18"/>
       <c r="F99" s="18"/>
       <c r="G99" s="18"/>
     </row>
   </sheetData>
-  <sheetProtection password="D2C1" sheet="true" scenarios="true" objects="true"/>
+  <sheetProtection password="B2E0" sheet="true" scenarios="true" objects="true"/>
   <mergeCells count="89">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:H3"/>
     <mergeCell ref="A90:G99"/>
   </mergeCells>
   <pageMargins left="0.70866141732283505" right="0.52083333333333304" top="1.33858267716535" bottom="0.78740157480314998" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
     <oddFooter xml:space="preserve"><![CDATA[&L&"Verdana,Fett"&K006AB3Qualitätssicherung – Vom Landwirt bis zur Ladentheke.&R&"Verdana,Standard"&8&K000000Bündlerliste: Landwirtschaft
 List of coordinators: Agriculture
-Stand: 03.11.2025
+Stand: 25.12.2025
   Seite &P von &N ]]></oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="5" max="16383" man="1"/>
   </rowBreaks>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>