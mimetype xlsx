--- v1 (2025-12-25)
+++ v2 (2026-02-13)
@@ -454,71 +454,50 @@
 (4031735815504)
 Boschstraße 9
 49770 Herzlake</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Herr Ansgar Deermann</t>
     </r>
     <r>
       <t xml:space="preserve">
 deermann@uva-ag.de
 Tel: +49 (0) 5962 93460
 Mobile: +49 (0) 171 3722968
 Fax: +49 (0) 5962 934616</t>
     </r>
   </si>
   <si>
-    <t>LUX</t>
-[...19 lines deleted...]
-  <si>
     <t>BW</t>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Bäuerliche Erzeugergemeinschaft Schwäbisch Hall w.V.</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735686227)
 Haller Strasse 20
 74549 Wolpertshausen</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
@@ -563,51 +542,51 @@
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Beratungs und Erzeugerring Friesoythe und Umgebung e.V.</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735327618)
 Ellerbrocker Str. 3
 26169 Friesoythe</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Herr Johannes Osterkamp</t>
     </r>
     <r>
       <t xml:space="preserve">
-buendler-brfriesoythe@t-online.de
+buendler@brfriesoythe.de
 Tel: +49 (0) 4491 921240
 Mobile: +49 (0) 4491 921240</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Beratungsring Altkreis Lingen e.V.</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735531329)
 Am Hundesand 12
 49809 Lingen</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -769,50 +748,53 @@
     <r>
       <t xml:space="preserve">
 (4953113198504)
 Skwierzynska 10
 66-435 Krzeszyce</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Herr Mateusz Pozniak</t>
     </r>
     <r>
       <t xml:space="preserve">
 mpozniak@interia.eu
 Tel: +48 692 492 986</t>
     </r>
   </si>
   <si>
+    <t>LUX</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>CONVIS Herdbuch Service Elevage et Génétique</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735375183)
 4, Zone artisanale et commerciale
 9085 Ettelbrück</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
@@ -834,51 +816,51 @@
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Csa-Ba Lúdtenyésztö Kft.</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4953113181279)
 Tópart u. 56.
 6449 Mélykút</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
-      <t>Frau Anita Pekli</t>
+      <t>Frau Anita, tamas Pekli, szabo</t>
     </r>
     <r>
       <t xml:space="preserve">
 pekli.anita@hunent.hu
 Tel: +36 30 475 2570
 Mobile: +36 30 475 2570</t>
     </r>
   </si>
   <si>
     <t>DNK</t>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Danish Agriculture &amp; Food Council F.m.b.A.</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4048473740074)
@@ -1458,51 +1440,51 @@
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>LMS Agrarberatung GmbH</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735000924)
 Am Bahnhof 4
 19086 Plate</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Frau Christiane Meyer</t>
     </r>
     <r>
       <t xml:space="preserve">
-sn@lms-beratung.de
+qm@lms-beratung.de
 Tel: +49 (0) 381 87713310
 Mobile: +49 (0) 162 1388101
 Fax: +49 (0) 381 87713370</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>LOHMANN &amp; Co. AKTIENGESELLSCHAFT</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735005264)
 Paul-Wesjohann-Str. 45
 49429 Visbek-Rechterfeld</t>
     </r>
   </si>
   <si>
     <r>
@@ -2194,50 +2176,68 @@
       <t>Stichting Avined</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4953113159008)
 Nevelgaarde 20d
 3436 ZZ Nieuwegein</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Frau Marleen Straver</t>
     </r>
     <r>
       <t xml:space="preserve">
 q-s@pluimned.nl 
 Tel: +31 88 998 4330
 Mobile: +31 6 23513557</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b val="true"/>
+        <color theme="1"/>
+        <sz val="8.0"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Stichting Brancheorganisatie Kalversector (SBK)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+(4953113279237)
+Nevelgaarde 20d
+3436 ZZ Nieuwegein</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Storteboom Agri BV</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735757385)
 Provincialeweg 70
 9864 PG Kornhorn</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
@@ -3677,1219 +3677,1219 @@
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16" ht="85.3" customHeight="true">
       <c r="A16" s="2"/>
       <c r="B16" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F16" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="F16" s="8"/>
       <c r="G16" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="H16" s="3"/>
+      <c r="H16" s="3" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="17" ht="85.3" customHeight="true">
       <c r="A17" s="2"/>
       <c r="B17" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="7" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="F17" s="8"/>
       <c r="G17" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="H17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H17" s="3"/>
     </row>
     <row r="18" ht="85.3" customHeight="true">
       <c r="A18" s="2"/>
       <c r="B18" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C18" s="2"/>
+      <c r="C18" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="D18" s="2"/>
       <c r="E18" s="7" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F18" s="8"/>
+        <v>13</v>
+      </c>
+      <c r="F18" s="8" t="s">
+        <v>14</v>
+      </c>
       <c r="G18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H18" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="H18" s="3"/>
     </row>
     <row r="19" ht="85.3" customHeight="true">
       <c r="A19" s="2"/>
       <c r="B19" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C19" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="20" ht="85.3" customHeight="true">
       <c r="A20" s="2"/>
       <c r="B20" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="8" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="21" ht="85.3" customHeight="true">
       <c r="A21" s="2"/>
       <c r="B21" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="8" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" ht="85.3" customHeight="true">
       <c r="A22" s="2"/>
       <c r="B22" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C22" s="2"/>
+      <c r="C22" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="D22" s="2"/>
       <c r="E22" s="7" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F22" s="8"/>
       <c r="G22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="23" ht="85.3" customHeight="true">
       <c r="A23" s="2"/>
       <c r="B23" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="7" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="F23" s="8"/>
       <c r="G23" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="H23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H23" s="3"/>
     </row>
     <row r="24" ht="85.3" customHeight="true">
       <c r="A24" s="2"/>
       <c r="B24" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C24" s="2"/>
+      <c r="C24" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="D24" s="2"/>
       <c r="E24" s="7" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F24" s="8"/>
       <c r="G24" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H24" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="H24" s="3"/>
     </row>
     <row r="25" ht="85.3" customHeight="true">
       <c r="A25" s="2"/>
       <c r="B25" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="7" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="F25" s="8"/>
       <c r="G25" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H25" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="26" ht="85.3" customHeight="true">
       <c r="A26" s="2"/>
       <c r="B26" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C26" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="7" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="F26" s="8"/>
       <c r="G26" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="27" ht="85.3" customHeight="true">
       <c r="A27" s="2"/>
-      <c r="B27" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="2"/>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="D27" s="2"/>
       <c r="E27" s="7" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F27" s="8"/>
       <c r="G27" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="H27" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="28" ht="85.3" customHeight="true">
       <c r="A28" s="2"/>
-      <c r="B28" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="B28" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="7" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="F28" s="8"/>
       <c r="G28" s="3" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="H28" s="3" t="s">
         <v>64</v>
       </c>
+      <c r="H28" s="3"/>
     </row>
     <row r="29" ht="85.3" customHeight="true">
       <c r="A29" s="2"/>
       <c r="B29" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C29" s="2"/>
+      <c r="C29" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="D29" s="2"/>
       <c r="E29" s="7" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F29" s="8"/>
       <c r="G29" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="H29" s="3"/>
+      <c r="H29" s="3" t="s">
+        <v>66</v>
+      </c>
     </row>
     <row r="30" ht="85.3" customHeight="true">
       <c r="A30" s="2"/>
       <c r="B30" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="7" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="F30" s="8"/>
+        <v>13</v>
+      </c>
+      <c r="F30" s="8" t="s">
+        <v>14</v>
+      </c>
       <c r="G30" s="3" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="H30" s="3" t="s">
         <v>67</v>
       </c>
+      <c r="H30" s="3"/>
     </row>
     <row r="31" ht="85.3" customHeight="true">
       <c r="A31" s="2"/>
       <c r="B31" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="8" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="H31" s="3"/>
+      <c r="H31" s="3" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="32" ht="85.3" customHeight="true">
       <c r="A32" s="2"/>
       <c r="B32" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="8" t="s">
-        <v>14</v>
+        <v>70</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="33" ht="85.3" customHeight="true">
       <c r="A33" s="2"/>
       <c r="B33" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="8" t="s">
-        <v>71</v>
+        <v>14</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="34" ht="85.3" customHeight="true">
       <c r="A34" s="2"/>
       <c r="B34" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="8" t="s">
         <v>14</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="35" ht="85.3" customHeight="true">
       <c r="A35" s="2"/>
       <c r="B35" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="8" t="s">
         <v>14</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="36" ht="85.3" customHeight="true">
       <c r="A36" s="2"/>
       <c r="B36" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C36" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="7" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="F36" s="8"/>
       <c r="G36" s="3" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="H36" s="3" t="s">
         <v>79</v>
       </c>
+      <c r="H36" s="3"/>
     </row>
     <row r="37" ht="85.3" customHeight="true">
       <c r="A37" s="2"/>
       <c r="B37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="7" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F37" s="8"/>
+        <v>13</v>
+      </c>
+      <c r="F37" s="8" t="s">
+        <v>80</v>
+      </c>
       <c r="G37" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H37" s="3"/>
     </row>
     <row r="38" ht="85.3" customHeight="true">
-      <c r="A38" s="2"/>
+      <c r="A38" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="B38" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C38" s="2"/>
-      <c r="D38" s="2"/>
+      <c r="C38" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="E38" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="H38" s="3"/>
+        <v>83</v>
+      </c>
+      <c r="H38" s="3" t="s">
+        <v>84</v>
+      </c>
     </row>
     <row r="39" ht="85.3" customHeight="true">
-      <c r="A39" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A39" s="2"/>
       <c r="B39" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D39" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="7" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="F39" s="8"/>
       <c r="G39" s="3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="40" ht="85.3" customHeight="true">
       <c r="A40" s="2"/>
       <c r="B40" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C40" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="7" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="F40" s="8"/>
       <c r="G40" s="3" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="H40" s="3" t="s">
         <v>88</v>
       </c>
+      <c r="H40" s="3"/>
     </row>
     <row r="41" ht="85.3" customHeight="true">
       <c r="A41" s="2"/>
       <c r="B41" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C41" s="2"/>
+      <c r="C41" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="D41" s="2"/>
       <c r="E41" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F41" s="8"/>
       <c r="G41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="H41" s="3"/>
     </row>
     <row r="42" ht="85.3" customHeight="true">
-      <c r="A42" s="2"/>
+      <c r="A42" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="B42" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D42" s="2"/>
+      <c r="D42" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="E42" s="7" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="F42" s="8"/>
+        <v>13</v>
+      </c>
+      <c r="F42" s="8" t="s">
+        <v>14</v>
+      </c>
       <c r="G42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="H42" s="3"/>
     </row>
     <row r="43" ht="85.3" customHeight="true">
-      <c r="A43" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A43" s="2"/>
       <c r="B43" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D43" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D43" s="2"/>
       <c r="E43" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>14</v>
+        <v>80</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="H43" s="3"/>
     </row>
     <row r="44" ht="85.3" customHeight="true">
-      <c r="A44" s="2"/>
+      <c r="A44" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="B44" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D44" s="2"/>
+      <c r="D44" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="E44" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="H44" s="3"/>
+        <v>93</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>94</v>
+      </c>
     </row>
     <row r="45" ht="85.3" customHeight="true">
       <c r="A45" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="H45" s="3"/>
     </row>
     <row r="46" ht="85.3" customHeight="true">
       <c r="A46" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="8" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="H46" s="3"/>
+      <c r="H46" s="3" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="47" ht="85.3" customHeight="true">
       <c r="A47" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="8" t="s">
-        <v>71</v>
+        <v>47</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" ht="85.3" customHeight="true">
-      <c r="A48" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A48" s="2"/>
       <c r="B48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D48" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="49" ht="85.3" customHeight="true">
       <c r="A49" s="2"/>
       <c r="B49" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C49" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="E49" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="H49" s="3" t="s">
         <v>103</v>
       </c>
+      <c r="H49" s="3"/>
     </row>
     <row r="50" ht="85.3" customHeight="true">
       <c r="A50" s="2"/>
       <c r="B50" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="2"/>
-      <c r="D50" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="7" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="F50" s="8"/>
       <c r="G50" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H50" s="3"/>
+      <c r="H50" s="3" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="51" ht="85.3" customHeight="true">
       <c r="A51" s="2"/>
       <c r="B51" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C51" s="2"/>
+      <c r="C51" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="D51" s="2"/>
       <c r="E51" s="7" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="F51" s="8"/>
+        <v>13</v>
+      </c>
+      <c r="F51" s="8" t="s">
+        <v>14</v>
+      </c>
       <c r="G51" s="3" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="H51" s="3" t="s">
         <v>106</v>
       </c>
+      <c r="H51" s="3"/>
     </row>
     <row r="52" ht="85.3" customHeight="true">
-      <c r="A52" s="2"/>
+      <c r="A52" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="B52" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C52" s="2"/>
+      <c r="C52" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="D52" s="2"/>
       <c r="E52" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="8" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="H52" s="3"/>
     </row>
     <row r="53" ht="85.3" customHeight="true">
-      <c r="A53" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A53" s="2"/>
       <c r="B53" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C53" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C53" s="2"/>
       <c r="D53" s="2"/>
       <c r="E53" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="8" t="s">
-        <v>96</v>
+        <v>14</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="H53" s="3"/>
     </row>
     <row r="54" ht="85.3" customHeight="true">
-      <c r="A54" s="2"/>
+      <c r="A54" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="B54" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C54" s="2"/>
+      <c r="C54" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="D54" s="2"/>
       <c r="E54" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="8" t="s">
-        <v>14</v>
+        <v>80</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="H54" s="3"/>
+      <c r="H54" s="3" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="55" ht="85.3" customHeight="true">
-      <c r="A55" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A55" s="2"/>
       <c r="B55" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="7" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F55" s="8"/>
       <c r="G55" s="3" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="H55" s="3" t="s">
         <v>111</v>
       </c>
+      <c r="H55" s="3"/>
     </row>
     <row r="56" ht="85.3" customHeight="true">
       <c r="A56" s="2"/>
       <c r="B56" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C56" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C56" s="2"/>
       <c r="D56" s="2"/>
       <c r="E56" s="7" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="F56" s="8"/>
+        <v>13</v>
+      </c>
+      <c r="F56" s="8" t="s">
+        <v>47</v>
+      </c>
       <c r="G56" s="3" t="s">
         <v>112</v>
       </c>
       <c r="H56" s="3"/>
     </row>
     <row r="57" ht="85.3" customHeight="true">
       <c r="A57" s="2"/>
       <c r="B57" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C57" s="2"/>
+      <c r="C57" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="D57" s="2"/>
       <c r="E57" s="7" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="F57" s="8"/>
       <c r="G57" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="H57" s="3"/>
+      <c r="H57" s="3" t="s">
+        <v>114</v>
+      </c>
     </row>
     <row r="58" ht="85.3" customHeight="true">
       <c r="A58" s="2"/>
       <c r="B58" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D58" s="2"/>
+      <c r="D58" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="E58" s="7" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="F58" s="8"/>
+        <v>13</v>
+      </c>
+      <c r="F58" s="8" t="s">
+        <v>115</v>
+      </c>
       <c r="G58" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="59" ht="85.3" customHeight="true">
       <c r="A59" s="2"/>
       <c r="B59" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C59" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C59" s="2"/>
+      <c r="D59" s="2"/>
       <c r="E59" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="8" t="s">
-        <v>116</v>
+        <v>80</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="60" ht="85.3" customHeight="true">
-      <c r="A60" s="2"/>
+      <c r="A60" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="B60" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C60" s="2"/>
+      <c r="C60" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="D60" s="2"/>
       <c r="E60" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="8" t="s">
-        <v>81</v>
+        <v>14</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="61" ht="85.3" customHeight="true">
-      <c r="A61" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A61" s="2"/>
       <c r="B61" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="8" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H61" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="62" ht="85.3" customHeight="true">
-      <c r="A62" s="2"/>
+      <c r="A62" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="B62" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C62" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="E62" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="8" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H62" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="63" ht="85.3" customHeight="true">
-      <c r="A63" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A63" s="2"/>
       <c r="B63" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C63" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C63" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="8" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="H63" s="3" t="s">
         <v>126</v>
       </c>
+      <c r="H63" s="3"/>
     </row>
     <row r="64" ht="85.3" customHeight="true">
       <c r="A64" s="2"/>
       <c r="B64" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>81</v>
+        <v>14</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="H64" s="3"/>
+      <c r="H64" s="3" t="s">
+        <v>128</v>
+      </c>
     </row>
     <row r="65" ht="85.3" customHeight="true">
       <c r="A65" s="2"/>
       <c r="B65" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="8" t="s">
-        <v>14</v>
+        <v>80</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="H65" s="3" t="s">
         <v>129</v>
       </c>
+      <c r="H65" s="3"/>
     </row>
     <row r="66" ht="85.3" customHeight="true">
       <c r="A66" s="2"/>
       <c r="B66" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C66" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C66" s="2"/>
       <c r="D66" s="2"/>
       <c r="E66" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="8" t="s">
-        <v>81</v>
+        <v>14</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="H66" s="3"/>
+      <c r="H66" s="3" t="s">
+        <v>131</v>
+      </c>
     </row>
     <row r="67" ht="85.3" customHeight="true">
       <c r="A67" s="2"/>
       <c r="B67" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C67" s="2"/>
-      <c r="D67" s="2"/>
+      <c r="C67" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="E67" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="8" t="s">
-        <v>14</v>
+        <v>132</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H67" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="68" ht="85.3" customHeight="true">
       <c r="A68" s="2"/>
       <c r="B68" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D68" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="8" t="s">
-        <v>133</v>
+        <v>37</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H68" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="69" ht="85.3" customHeight="true">
       <c r="A69" s="2"/>
       <c r="B69" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="8" t="s">
-        <v>39</v>
+        <v>137</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="70" ht="85.3" customHeight="true">
-      <c r="A70" s="2"/>
+      <c r="A70" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="B70" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="71" ht="85.3" customHeight="true">
-      <c r="A71" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A71" s="2"/>
       <c r="B71" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C71" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C71" s="2"/>
       <c r="D71" s="2"/>
       <c r="E71" s="7" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="F71" s="8"/>
       <c r="G71" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="72" ht="85.3" customHeight="true">
       <c r="A72" s="2"/>
       <c r="B72" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C72" s="2"/>
       <c r="D72" s="2"/>
       <c r="E72" s="7" t="s">
         <v>28</v>
       </c>
       <c r="F72" s="8"/>
       <c r="G72" s="3" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="H72" s="3" t="s">
         <v>144</v>
       </c>
+      <c r="H72" s="3"/>
     </row>
     <row r="73" ht="85.3" customHeight="true">
       <c r="A73" s="2"/>
       <c r="B73" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="7" t="s">
         <v>28</v>
       </c>
       <c r="F73" s="8"/>
       <c r="G73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="H73" s="3" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="74" ht="85.3" customHeight="true">
       <c r="A74" s="2"/>
       <c r="B74" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="2" t="s">
@@ -4920,115 +4920,115 @@
       </c>
       <c r="E75" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="8" t="s">
         <v>149</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>150</v>
       </c>
       <c r="H75" s="3" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="76" ht="85.3" customHeight="true">
       <c r="A76" s="2"/>
       <c r="B76" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>152</v>
       </c>
       <c r="H76" s="3"/>
     </row>
     <row r="77" ht="85.3" customHeight="true">
       <c r="A77" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B77" s="2"/>
       <c r="C77" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="8" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="78" ht="85.3" customHeight="true">
       <c r="A78" s="2"/>
       <c r="B78" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="H78" s="3" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="79" ht="85.3" customHeight="true">
       <c r="A79" s="2"/>
       <c r="B79" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>157</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="80" ht="85.3" customHeight="true">
       <c r="A80" s="2"/>
       <c r="B80" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="8" t="s">
         <v>14</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>159</v>
@@ -5048,71 +5048,71 @@
       <c r="D81" s="2"/>
       <c r="E81" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F81" s="8" t="s">
         <v>14</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>161</v>
       </c>
       <c r="H81" s="3" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="82" ht="85.3" customHeight="true">
       <c r="A82" s="2"/>
       <c r="B82" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C82" s="2"/>
       <c r="D82" s="2"/>
       <c r="E82" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F82" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>163</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="83" ht="85.3" customHeight="true">
       <c r="A83" s="2"/>
       <c r="B83" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C83" s="2"/>
       <c r="D83" s="2"/>
       <c r="E83" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F83" s="8" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>165</v>
       </c>
       <c r="H83" s="3" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="84" ht="85.3" customHeight="true">
       <c r="A84" s="2"/>
       <c r="B84" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="7" t="s">
         <v>20</v>
       </c>
       <c r="F84" s="8"/>
       <c r="G84" s="3" t="s">
         <v>167</v>
       </c>
       <c r="H84" s="3" t="s">
@@ -5285,66 +5285,66 @@
       <c r="C97" s="18"/>
       <c r="D97" s="18"/>
       <c r="E97" s="18"/>
       <c r="F97" s="18"/>
       <c r="G97" s="18"/>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A98" s="18"/>
       <c r="B98" s="18"/>
       <c r="C98" s="18"/>
       <c r="D98" s="18"/>
       <c r="E98" s="18"/>
       <c r="F98" s="18"/>
       <c r="G98" s="18"/>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A99" s="18"/>
       <c r="B99" s="18"/>
       <c r="C99" s="18"/>
       <c r="D99" s="18"/>
       <c r="E99" s="18"/>
       <c r="F99" s="18"/>
       <c r="G99" s="18"/>
     </row>
   </sheetData>
-  <sheetProtection password="B2E0" sheet="true" scenarios="true" objects="true"/>
+  <sheetProtection password="8BA9" sheet="true" scenarios="true" objects="true"/>
   <mergeCells count="89">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:H3"/>
     <mergeCell ref="A90:G99"/>
   </mergeCells>
   <pageMargins left="0.70866141732283505" right="0.52083333333333304" top="1.33858267716535" bottom="0.78740157480314998" header="0.31496062992126" footer="0.31496062992126"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
     <oddFooter xml:space="preserve"><![CDATA[&L&"Verdana,Fett"&K006AB3Qualitätssicherung – Vom Landwirt bis zur Ladentheke.&R&"Verdana,Standard"&8&K000000Bündlerliste: Landwirtschaft
 List of coordinators: Agriculture
-Stand: 25.12.2025
+Stand: 13.02.2026
   Seite &P von &N ]]></oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="5" max="16383" man="1"/>
   </rowBreaks>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>