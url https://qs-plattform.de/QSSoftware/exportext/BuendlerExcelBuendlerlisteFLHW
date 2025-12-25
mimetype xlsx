--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -1103,66 +1103,66 @@
     <row r="17" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.4">
       <c r="A17" s="25"/>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A18" s="25"/>
       <c r="B18" s="25"/>
       <c r="C18" s="25"/>
       <c r="D18" s="25"/>
       <c r="E18" s="25"/>
       <c r="F18" s="25"/>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A19" s="25"/>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
     </row>
   </sheetData>
-  <sheetProtection password="A5C1" sheet="true" scenarios="true" objects="true"/>
+  <sheetProtection password="E2E2" sheet="true" scenarios="true" objects="true"/>
   <mergeCells count="8">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="A10:F19"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.52083333333333337" top="1.3385826771653544" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
     <oddFooter xml:space="preserve"><![CDATA[&L&"Verdana,Fett"&10&K006AB3Qualitätssicherung – Vom Landwirt bis zur Ladentheke.&R&"Verdana,Standard"&8&K000000
 Bündlerliste: Fleischerhandwerk
 List of coordinators: Butchery
-Stand: 03.11.2025
+Stand: 25.12.2025
   Seite &P von &N ]]></oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="5" max="16383" man="1"/>
   </rowBreaks>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>