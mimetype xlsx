--- v1 (2025-12-25)
+++ v2 (2026-02-13)
@@ -1103,66 +1103,66 @@
     <row r="17" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.4">
       <c r="A17" s="25"/>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A18" s="25"/>
       <c r="B18" s="25"/>
       <c r="C18" s="25"/>
       <c r="D18" s="25"/>
       <c r="E18" s="25"/>
       <c r="F18" s="25"/>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A19" s="25"/>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
     </row>
   </sheetData>
-  <sheetProtection password="E2E2" sheet="true" scenarios="true" objects="true"/>
+  <sheetProtection password="8EAA" sheet="true" scenarios="true" objects="true"/>
   <mergeCells count="8">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="A10:F19"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.52083333333333337" top="1.3385826771653544" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
     <oddFooter xml:space="preserve"><![CDATA[&L&"Verdana,Fett"&10&K006AB3Qualitätssicherung – Vom Landwirt bis zur Ladentheke.&R&"Verdana,Standard"&8&K000000
 Bündlerliste: Fleischerhandwerk
 List of coordinators: Butchery
-Stand: 25.12.2025
+Stand: 13.02.2026
   Seite &P von &N ]]></oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="5" max="16383" man="1"/>
   </rowBreaks>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>