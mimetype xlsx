--- v2 (2026-02-13)
+++ v3 (2026-02-13)
@@ -1103,51 +1103,51 @@
     <row r="17" spans="1:6" s="6" customFormat="1" x14ac:dyDescent="0.4">
       <c r="A17" s="25"/>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A18" s="25"/>
       <c r="B18" s="25"/>
       <c r="C18" s="25"/>
       <c r="D18" s="25"/>
       <c r="E18" s="25"/>
       <c r="F18" s="25"/>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A19" s="25"/>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
     </row>
   </sheetData>
-  <sheetProtection password="8EAA" sheet="true" scenarios="true" objects="true"/>
+  <sheetProtection password="8F2A" sheet="true" scenarios="true" objects="true"/>
   <mergeCells count="8">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="A10:F19"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.52083333333333337" top="1.3385826771653544" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
     <oddFooter xml:space="preserve"><![CDATA[&L&"Verdana,Fett"&10&K006AB3Qualitätssicherung – Vom Landwirt bis zur Ladentheke.&R&"Verdana,Standard"&8&K000000
 Bündlerliste: Fleischerhandwerk
 List of coordinators: Butchery
 Stand: 13.02.2026
   Seite &P von &N ]]></oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="5" max="16383" man="1"/>
   </rowBreaks>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>