--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -37,51 +37,51 @@
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'A4 hoch'!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="423" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="173">
   <si>
     <t xml:space="preserve">   Liste QS-zugelassener Bündler: Erzeugung
 List of QS-approved coordinators: production</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Produktionsart
 production scope</t>
   </si>
   <si>
     <t>Bundesland</t>
   </si>
   <si>
     <t>Unternehmen/ Company
 (QS-ID)
 Adresse/ Address</t>
   </si>
   <si>
     <t>Ansprechpartner/
 contact person</t>
   </si>
   <si>
     <t>Obst, Gemüse, Kartoffeln
@@ -306,52 +306,52 @@
     </r>
     <r>
       <t xml:space="preserve">
 (4048473713566)
 Via Nazionale - Traversa Adinolfi, 166
 84012 ANGRI (SA)</t>
     </r>
   </si>
   <si>
     <t>BEL</t>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Bel'Export NV</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4953113165627)
-Neremstraat 2
-3840 Borgloon
+Neremveld 2
+3840 Tongeren-Borgloon
 www.belexport.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Herr Gaston Derwael</t>
     </r>
     <r>
       <t xml:space="preserve">
 gaston.derwael@belexport.com
 Tel: +32 12 44 05 56
 Mobile: +32 475 52 94 98
 Fax: +32 12 74 61 58</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -1043,86 +1043,50 @@
 (4048473896351)
 Postbus 175
 2670 AD Naaldwijk
 http://www.harvesthouse.nl</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Frau Suzanne van Heusden</t>
     </r>
     <r>
       <t xml:space="preserve">
 kwaliteitszorg@harvesthouse.nl
 Tel: +31 174 519 215
 Mobile: +31 6 26361205</t>
     </r>
   </si>
   <si>
-    <r>
-[...34 lines deleted...]
-  <si>
     <t>HE</t>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Hessen AgrarMarketing GmbH</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735001853)
 Taunusstr. 151
 61381 Friedrichsdorf/Ts.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
@@ -1151,87 +1115,50 @@
       <t>IQ-Agrar Service GmbH</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735003628)
 Iburger Straße 225
 49082 Osnabrück</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>JESÚS CAMACHO FERNÁNDEZ</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4048473688307)
 CALLE VALL FOSCA, 10
 25199 LERIDA</t>
-    </r>
-[...35 lines deleted...]
-4671 TZ Dinteloord</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Kompany BV</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4048473717069)
 Venrayseweg 182
 5928 RH Venlo</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
@@ -1936,50 +1863,86 @@
       <t>ORGAINVENT Entwicklungs- und Koordinationsgesellschaft mbH</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4038312000001)
 Schwertberger Straße 16
 53177 Bonn</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Frau Birgit Paulsen</t>
     </r>
     <r>
       <t xml:space="preserve">
 birgit.paulsen@orgainvent.de
 Tel: +49 (0) 228 3506112
 Fax: +49 (0) 228 3506271</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b val="true"/>
+        <color theme="1"/>
+        <sz val="8.0"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Otte GmbH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+(4031735574432)
+Eddesser Landstraße 4
+31311 Uetze-Dollbergen</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b val="true"/>
+        <color theme="1"/>
+        <sz val="8.0"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Frau Nevim Krüger</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+n.krueger@landhandel-otte.de
+Tel: +49 (0) 5054 988011
+Fax: +49 (0) 5054 988050</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Oxin Growers B.V.</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735777529)
 Handelscentrum ZHZ 40D
 2991 LD Barendrecht</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
@@ -3383,51 +3346,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/vmlDrawing1.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle34"/>
-  <dimension ref="A1:I107"/>
+  <dimension ref="A1:I105"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScale="115" zoomScaleNormal="100" zoomScalePageLayoutView="115" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="4" customWidth="true" width="4.0"/>
     <col min="5" max="5" customWidth="true" width="4.33203125"/>
     <col min="6" max="6" customWidth="true" width="3.33203125"/>
     <col min="7" max="8" customWidth="true" width="29.46484375"/>
     <col min="9" max="9" customWidth="true" hidden="true" width="0.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="48" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17"/>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
       <c r="G1" s="17"/>
       <c r="H1" s="17"/>
@@ -4038,1336 +4001,1304 @@
         <v>70</v>
       </c>
     </row>
     <row r="36" ht="71.65" customHeight="true">
       <c r="A36" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B36" s="14"/>
       <c r="C36" s="14"/>
       <c r="D36" s="14"/>
       <c r="E36" s="14" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="14"/>
       <c r="G36" s="13" t="s">
         <v>71</v>
       </c>
       <c r="H36" s="13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="37" ht="71.65" customHeight="true">
       <c r="A37" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B37" s="14"/>
-      <c r="C37" s="14"/>
+      <c r="B37" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C37" s="14" t="s">
+        <v>12</v>
+      </c>
       <c r="D37" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="14" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="G37" s="13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H37" s="13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="38" ht="71.65" customHeight="true">
       <c r="A38" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B38" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="14" t="s">
         <v>12</v>
       </c>
       <c r="D38" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F38" s="14" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="G38" s="13" t="s">
         <v>76</v>
       </c>
-      <c r="H38" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H38" s="13"/>
     </row>
     <row r="39" ht="71.65" customHeight="true">
       <c r="A39" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B39" s="14" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B39" s="14"/>
+      <c r="C39" s="14"/>
+      <c r="D39" s="14"/>
       <c r="E39" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F39" s="14"/>
       <c r="G39" s="13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H39" s="13"/>
     </row>
     <row r="40" ht="71.65" customHeight="true">
       <c r="A40" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B40" s="14"/>
       <c r="C40" s="14"/>
       <c r="D40" s="14"/>
       <c r="E40" s="14" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F40" s="14"/>
       <c r="G40" s="13" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="H40" s="13"/>
     </row>
     <row r="41" ht="71.65" customHeight="true">
       <c r="A41" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="14"/>
       <c r="C41" s="14"/>
       <c r="D41" s="14"/>
       <c r="E41" s="14" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="14"/>
       <c r="G41" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="H41" s="13" t="s">
         <v>80</v>
       </c>
-      <c r="H41" s="13"/>
     </row>
     <row r="42" ht="71.65" customHeight="true">
       <c r="A42" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B42" s="14"/>
       <c r="C42" s="14"/>
       <c r="D42" s="14"/>
       <c r="E42" s="14" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="14"/>
       <c r="G42" s="13" t="s">
         <v>81</v>
       </c>
-      <c r="H42" s="13"/>
+      <c r="H42" s="13" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="43" ht="71.65" customHeight="true">
       <c r="A43" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B43" s="14"/>
       <c r="C43" s="14"/>
       <c r="D43" s="14"/>
       <c r="E43" s="14" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="F43" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F43" s="14" t="s">
+        <v>83</v>
+      </c>
       <c r="G43" s="13" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="H43" s="13"/>
     </row>
     <row r="44" ht="71.65" customHeight="true">
       <c r="A44" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B44" s="14"/>
       <c r="C44" s="14"/>
       <c r="D44" s="14"/>
       <c r="E44" s="14" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="F44" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F44" s="14" t="s">
+        <v>18</v>
+      </c>
       <c r="G44" s="13" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="H44" s="13" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="45" ht="71.65" customHeight="true">
       <c r="A45" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B45" s="14"/>
       <c r="C45" s="14"/>
       <c r="D45" s="14"/>
       <c r="E45" s="14" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="F45" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F45" s="14" t="s">
+        <v>18</v>
+      </c>
       <c r="G45" s="13" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H45" s="13" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="46" ht="71.65" customHeight="true">
       <c r="A46" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B46" s="14"/>
-[...1 lines deleted...]
-      <c r="D46" s="14"/>
+      <c r="B46" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C46" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" s="14" t="s">
+        <v>12</v>
+      </c>
       <c r="E46" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F46" s="14" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G46" s="13" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="H46" s="13"/>
+        <v>90</v>
+      </c>
+      <c r="H46" s="13" t="s">
+        <v>91</v>
+      </c>
     </row>
     <row r="47" ht="71.65" customHeight="true">
       <c r="A47" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B47" s="14"/>
-[...1 lines deleted...]
-      <c r="D47" s="14"/>
+      <c r="B47" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C47" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" s="14" t="s">
+        <v>12</v>
+      </c>
       <c r="E47" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F47" s="14" t="s">
-        <v>18</v>
+        <v>92</v>
       </c>
       <c r="G47" s="13" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="H47" s="13"/>
     </row>
     <row r="48" ht="71.65" customHeight="true">
       <c r="A48" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B48" s="14"/>
       <c r="C48" s="14"/>
       <c r="D48" s="14"/>
       <c r="E48" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="F48" s="14"/>
       <c r="G48" s="13" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="H48" s="13" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="49" ht="71.65" customHeight="true">
       <c r="A49" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B49" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C49" s="14" t="s">
         <v>12</v>
       </c>
       <c r="D49" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F49" s="14" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="G49" s="13" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="H49" s="13" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="50" ht="71.65" customHeight="true">
       <c r="A50" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B50" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="14" t="s">
         <v>12</v>
       </c>
       <c r="D50" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F50" s="14" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="G50" s="13" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="H50" s="13"/>
+        <v>100</v>
+      </c>
+      <c r="H50" s="13" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="51" ht="71.65" customHeight="true">
       <c r="A51" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B51" s="14"/>
       <c r="C51" s="14"/>
       <c r="D51" s="14"/>
       <c r="E51" s="14" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F51" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F51" s="14" t="s">
+        <v>20</v>
+      </c>
       <c r="G51" s="13" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="H51" s="13" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
     </row>
     <row r="52" ht="71.65" customHeight="true">
       <c r="A52" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B52" s="14" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B52" s="14"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="14"/>
       <c r="E52" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F52" s="14" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="G52" s="13" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="H52" s="13"/>
     </row>
     <row r="53" ht="71.65" customHeight="true">
       <c r="A53" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B53" s="14" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B53" s="14"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="14"/>
       <c r="E53" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F53" s="14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G53" s="13" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="H53" s="13"/>
     </row>
     <row r="54" ht="71.65" customHeight="true">
       <c r="A54" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B54" s="14"/>
       <c r="C54" s="14"/>
       <c r="D54" s="14"/>
       <c r="E54" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F54" s="14" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
       <c r="G54" s="13" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="H54" s="13" t="s">
         <v>107</v>
       </c>
+      <c r="H54" s="13"/>
     </row>
     <row r="55" ht="71.65" customHeight="true">
       <c r="A55" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B55" s="14"/>
       <c r="C55" s="14"/>
       <c r="D55" s="14"/>
       <c r="E55" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F55" s="14" t="s">
         <v>20</v>
       </c>
       <c r="G55" s="13" t="s">
         <v>108</v>
       </c>
-      <c r="H55" s="13"/>
+      <c r="H55" s="13" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="56" ht="71.65" customHeight="true">
       <c r="A56" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B56" s="14"/>
-      <c r="C56" s="14"/>
+      <c r="B56" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C56" s="14" t="s">
+        <v>12</v>
+      </c>
       <c r="D56" s="14"/>
       <c r="E56" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F56" s="14" t="s">
-        <v>109</v>
+        <v>92</v>
       </c>
       <c r="G56" s="13" t="s">
         <v>110</v>
       </c>
       <c r="H56" s="13"/>
     </row>
     <row r="57" ht="71.65" customHeight="true">
       <c r="A57" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B57" s="14"/>
       <c r="C57" s="14"/>
       <c r="D57" s="14"/>
       <c r="E57" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F57" s="14" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="G57" s="13" t="s">
         <v>111</v>
       </c>
       <c r="H57" s="13"/>
     </row>
     <row r="58" ht="71.65" customHeight="true">
       <c r="A58" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B58" s="14"/>
       <c r="C58" s="14"/>
       <c r="D58" s="14"/>
       <c r="E58" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F58" s="14" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="G58" s="13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H58" s="13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="59" ht="71.65" customHeight="true">
       <c r="A59" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B59" s="14" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B59" s="14"/>
+      <c r="C59" s="14"/>
       <c r="D59" s="14"/>
       <c r="E59" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F59" s="14" t="s">
-        <v>96</v>
+        <v>73</v>
       </c>
       <c r="G59" s="13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H59" s="13"/>
     </row>
     <row r="60" ht="71.65" customHeight="true">
       <c r="A60" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B60" s="14"/>
       <c r="C60" s="14"/>
       <c r="D60" s="14"/>
       <c r="E60" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F60" s="14" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="G60" s="13" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="H60" s="13"/>
+        <v>117</v>
+      </c>
+      <c r="H60" s="13" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="61" ht="71.65" customHeight="true">
       <c r="A61" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B61" s="14"/>
       <c r="C61" s="14"/>
       <c r="D61" s="14"/>
       <c r="E61" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F61" s="14" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="G61" s="13" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H61" s="13" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" ht="71.65" customHeight="true">
       <c r="A62" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B62" s="14"/>
       <c r="C62" s="14"/>
       <c r="D62" s="14"/>
       <c r="E62" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F62" s="14" t="s">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="G62" s="13" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="H62" s="13"/>
+        <v>121</v>
+      </c>
+      <c r="H62" s="13" t="s">
+        <v>122</v>
+      </c>
     </row>
     <row r="63" ht="71.65" customHeight="true">
       <c r="A63" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B63" s="14"/>
       <c r="C63" s="14"/>
       <c r="D63" s="14"/>
       <c r="E63" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="F63" s="14"/>
       <c r="G63" s="13" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="H63" s="13"/>
     </row>
     <row r="64" ht="71.65" customHeight="true">
       <c r="A64" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B64" s="14"/>
-      <c r="C64" s="14"/>
+      <c r="B64" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C64" s="14" t="s">
+        <v>12</v>
+      </c>
       <c r="D64" s="14"/>
       <c r="E64" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F64" s="14" t="s">
-        <v>116</v>
+        <v>18</v>
       </c>
       <c r="G64" s="13" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H64" s="13" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="65" ht="71.65" customHeight="true">
       <c r="A65" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B65" s="14"/>
       <c r="C65" s="14"/>
-      <c r="D65" s="14"/>
+      <c r="D65" s="14" t="s">
+        <v>12</v>
+      </c>
       <c r="E65" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F65" s="14" t="s">
         <v>20</v>
       </c>
       <c r="G65" s="13" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H65" s="13" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="66" ht="71.65" customHeight="true">
       <c r="A66" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B66" s="14"/>
       <c r="C66" s="14"/>
       <c r="D66" s="14"/>
       <c r="E66" s="14" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="F66" s="14"/>
       <c r="G66" s="13" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="H66" s="13"/>
+        <v>128</v>
+      </c>
+      <c r="H66" s="13" t="s">
+        <v>129</v>
+      </c>
     </row>
     <row r="67" ht="71.65" customHeight="true">
       <c r="A67" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B67" s="14" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B67" s="14"/>
+      <c r="C67" s="14"/>
       <c r="D67" s="14"/>
       <c r="E67" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F67" s="14" t="s">
-        <v>18</v>
+        <v>130</v>
       </c>
       <c r="G67" s="13" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="H67" s="13"/>
     </row>
     <row r="68" ht="71.65" customHeight="true">
       <c r="A68" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B68" s="14"/>
       <c r="C68" s="14"/>
       <c r="D68" s="14"/>
       <c r="E68" s="14" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="F68" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F68" s="14" t="s">
+        <v>130</v>
+      </c>
       <c r="G68" s="13" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H68" s="13" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="69" ht="71.65" customHeight="true">
       <c r="A69" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B69" s="14"/>
       <c r="C69" s="14"/>
       <c r="D69" s="14"/>
       <c r="E69" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F69" s="14"/>
       <c r="G69" s="13" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="H69" s="13"/>
+        <v>134</v>
+      </c>
+      <c r="H69" s="13" t="s">
+        <v>135</v>
+      </c>
     </row>
     <row r="70" ht="71.65" customHeight="true">
       <c r="A70" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B70" s="14"/>
-      <c r="C70" s="14"/>
+      <c r="B70" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C70" s="14" t="s">
+        <v>12</v>
+      </c>
       <c r="D70" s="14"/>
       <c r="E70" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F70" s="14" t="s">
-        <v>132</v>
+        <v>20</v>
       </c>
       <c r="G70" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="H70" s="13" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="71" ht="71.65" customHeight="true">
       <c r="A71" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B71" s="14"/>
+      <c r="B71" s="14" t="s">
+        <v>12</v>
+      </c>
       <c r="C71" s="14"/>
-      <c r="D71" s="14"/>
+      <c r="D71" s="14" t="s">
+        <v>12</v>
+      </c>
       <c r="E71" s="14" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F71" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F71" s="14" t="s">
+        <v>112</v>
+      </c>
       <c r="G71" s="13" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="H71" s="13" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="72" ht="71.65" customHeight="true">
       <c r="A72" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B72" s="14" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B72" s="14"/>
+      <c r="C72" s="14"/>
       <c r="D72" s="14"/>
       <c r="E72" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F72" s="14" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G72" s="13" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H72" s="13" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="73" ht="71.65" customHeight="true">
       <c r="A73" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B73" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B73" s="14"/>
       <c r="C73" s="14"/>
       <c r="D73" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F73" s="14" t="s">
         <v>116</v>
       </c>
       <c r="G73" s="13" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="H73" s="13" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="74" ht="71.65" customHeight="true">
       <c r="A74" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B74" s="14"/>
       <c r="C74" s="14"/>
       <c r="D74" s="14"/>
       <c r="E74" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="F74" s="14"/>
       <c r="G74" s="13" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="H74" s="13"/>
     </row>
     <row r="75" ht="71.65" customHeight="true">
       <c r="A75" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B75" s="14"/>
       <c r="C75" s="14"/>
-      <c r="D75" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D75" s="14"/>
       <c r="E75" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="F75" s="14"/>
       <c r="G75" s="13" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="H75" s="13" t="s">
         <v>145</v>
       </c>
+      <c r="H75" s="13"/>
     </row>
     <row r="76" ht="71.65" customHeight="true">
       <c r="A76" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B76" s="14"/>
       <c r="C76" s="14"/>
       <c r="D76" s="14"/>
       <c r="E76" s="14" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="F76" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F76" s="14" t="s">
+        <v>38</v>
+      </c>
       <c r="G76" s="13" t="s">
         <v>146</v>
       </c>
       <c r="H76" s="13"/>
     </row>
     <row r="77" ht="71.65" customHeight="true">
       <c r="A77" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B77" s="14"/>
-      <c r="C77" s="14"/>
+      <c r="B77" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C77" s="14" t="s">
+        <v>12</v>
+      </c>
       <c r="D77" s="14"/>
       <c r="E77" s="14" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="F77" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F77" s="14" t="s">
+        <v>20</v>
+      </c>
       <c r="G77" s="13" t="s">
         <v>147</v>
       </c>
-      <c r="H77" s="13"/>
+      <c r="H77" s="13" t="s">
+        <v>148</v>
+      </c>
     </row>
     <row r="78" ht="71.65" customHeight="true">
       <c r="A78" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B78" s="14"/>
       <c r="C78" s="14"/>
       <c r="D78" s="14"/>
       <c r="E78" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="F78" s="14"/>
       <c r="G78" s="13" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H78" s="13"/>
     </row>
     <row r="79" ht="71.65" customHeight="true">
       <c r="A79" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B79" s="14" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B79" s="14"/>
+      <c r="C79" s="14"/>
       <c r="D79" s="14"/>
       <c r="E79" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F79" s="14" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="G79" s="13" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H79" s="13" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="80" ht="71.65" customHeight="true">
       <c r="A80" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B80" s="14"/>
       <c r="C80" s="14"/>
       <c r="D80" s="14"/>
       <c r="E80" s="14" t="s">
         <v>22</v>
       </c>
       <c r="F80" s="14"/>
       <c r="G80" s="13" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H80" s="13"/>
     </row>
     <row r="81" ht="71.65" customHeight="true">
       <c r="A81" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B81" s="14"/>
       <c r="C81" s="14"/>
       <c r="D81" s="14"/>
       <c r="E81" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="F81" s="14"/>
       <c r="G81" s="13" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H81" s="13" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="82" ht="71.65" customHeight="true">
       <c r="A82" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B82" s="14"/>
       <c r="C82" s="14"/>
       <c r="D82" s="14"/>
       <c r="E82" s="14" t="s">
         <v>22</v>
       </c>
       <c r="F82" s="14"/>
       <c r="G82" s="13" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H82" s="13"/>
     </row>
     <row r="83" ht="71.65" customHeight="true">
       <c r="A83" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B83" s="14"/>
       <c r="C83" s="14"/>
       <c r="D83" s="14"/>
       <c r="E83" s="14" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="F83" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F83" s="14" t="s">
+        <v>20</v>
+      </c>
       <c r="G83" s="13" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="H83" s="13" t="s">
         <v>156</v>
       </c>
+      <c r="H83" s="13"/>
     </row>
     <row r="84" ht="71.65" customHeight="true">
       <c r="A84" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B84" s="14"/>
       <c r="C84" s="14"/>
       <c r="D84" s="14"/>
       <c r="E84" s="14" t="s">
         <v>22</v>
       </c>
       <c r="F84" s="14"/>
       <c r="G84" s="13" t="s">
         <v>157</v>
       </c>
-      <c r="H84" s="13"/>
+      <c r="H84" s="13" t="s">
+        <v>158</v>
+      </c>
     </row>
     <row r="85" ht="71.65" customHeight="true">
       <c r="A85" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B85" s="14"/>
       <c r="C85" s="14"/>
       <c r="D85" s="14"/>
       <c r="E85" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="F85" s="14"/>
       <c r="G85" s="13" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="H85" s="13"/>
     </row>
     <row r="86" ht="71.65" customHeight="true">
       <c r="A86" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B86" s="14"/>
-      <c r="C86" s="14"/>
+      <c r="C86" s="14" t="s">
+        <v>12</v>
+      </c>
       <c r="D86" s="14"/>
       <c r="E86" s="14" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="F86" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F86" s="14" t="s">
+        <v>112</v>
+      </c>
       <c r="G86" s="13" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H86" s="13" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="87" ht="71.65" customHeight="true">
       <c r="A87" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B87" s="14"/>
       <c r="C87" s="14"/>
       <c r="D87" s="14"/>
       <c r="E87" s="14" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="F87" s="14"/>
       <c r="G87" s="13" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H87" s="13"/>
     </row>
     <row r="88" ht="71.65" customHeight="true">
       <c r="A88" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B88" s="14"/>
-      <c r="C88" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C88" s="14"/>
       <c r="D88" s="14"/>
       <c r="E88" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="F88" s="14"/>
       <c r="G88" s="13" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="H88" s="13" t="s">
         <v>163</v>
       </c>
+      <c r="H88" s="13"/>
     </row>
     <row r="89" ht="71.65" customHeight="true">
       <c r="A89" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B89" s="14"/>
       <c r="C89" s="14"/>
       <c r="D89" s="14"/>
       <c r="E89" s="14" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F89" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F89" s="14" t="s">
+        <v>92</v>
+      </c>
       <c r="G89" s="13" t="s">
         <v>164</v>
       </c>
-      <c r="H89" s="13"/>
+      <c r="H89" s="13" t="s">
+        <v>165</v>
+      </c>
     </row>
     <row r="90" ht="71.65" customHeight="true">
       <c r="A90" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B90" s="14"/>
       <c r="C90" s="14"/>
       <c r="D90" s="14"/>
       <c r="E90" s="14" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F90" s="14"/>
       <c r="G90" s="13" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="H90" s="13"/>
+        <v>166</v>
+      </c>
+      <c r="H90" s="13" t="s">
+        <v>167</v>
+      </c>
     </row>
     <row r="91" ht="71.65" customHeight="true">
       <c r="A91" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B91" s="14"/>
       <c r="C91" s="14"/>
       <c r="D91" s="14"/>
       <c r="E91" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="F91" s="14"/>
       <c r="G91" s="13" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="H91" s="13" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="92" ht="71.65" customHeight="true">
       <c r="A92" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B92" s="14"/>
       <c r="C92" s="14"/>
       <c r="D92" s="14"/>
       <c r="E92" s="14" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F92" s="14"/>
       <c r="G92" s="13" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="H92" s="13"/>
     </row>
     <row r="93" ht="71.65" customHeight="true">
       <c r="A93" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B93" s="14"/>
       <c r="C93" s="14"/>
       <c r="D93" s="14"/>
       <c r="E93" s="14" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="F93" s="14"/>
       <c r="G93" s="13" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H93" s="13" t="s">
-        <v>171</v>
-[...13 lines deleted...]
-      <c r="G94" s="13" t="s">
         <v>172</v>
       </c>
-      <c r="H94" s="13"/>
-[...20 lines deleted...]
-      <c r="A96" s="3" t="s">
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.45">
+      <c r="A94" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B96" s="4" t="s">
+      <c r="B94" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="C96" s="4" t="s">
+      <c r="C94" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="D96" s="4" t="s">
+      <c r="D94" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E96" s="4" t="s">
+      <c r="E94" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="F96" s="4" t="s">
+      <c r="F94" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="G96" s="4" t="s">
+      <c r="G94" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="H96" s="4" t="s">
+      <c r="H94" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="97" spans="1:9" s="5" customFormat="1" ht="11.25" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="I97" s="9" t="s">
+    <row r="95" spans="1:9" s="5" customFormat="1" ht="11.25" x14ac:dyDescent="0.3">
+      <c r="B95" s="6"/>
+      <c r="C95" s="6"/>
+      <c r="D95" s="6"/>
+      <c r="E95" s="6"/>
+      <c r="F95" s="6"/>
+      <c r="G95" s="7"/>
+      <c r="H95" s="8"/>
+      <c r="I95" s="9" t="s">
         <v>1</v>
       </c>
     </row>
+    <row r="96" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
+      <c r="A96" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B96" s="15"/>
+      <c r="C96" s="15"/>
+      <c r="D96" s="15"/>
+      <c r="E96" s="15"/>
+      <c r="F96" s="15"/>
+      <c r="G96" s="15"/>
+    </row>
+    <row r="97" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
+      <c r="A97" s="15"/>
+      <c r="B97" s="15"/>
+      <c r="C97" s="15"/>
+      <c r="D97" s="15"/>
+      <c r="E97" s="15"/>
+      <c r="F97" s="15"/>
+      <c r="G97" s="15"/>
+    </row>
     <row r="98" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
-      <c r="A98" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A98" s="15"/>
       <c r="B98" s="15"/>
       <c r="C98" s="15"/>
       <c r="D98" s="15"/>
       <c r="E98" s="15"/>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
     </row>
     <row r="99" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
       <c r="A99" s="15"/>
       <c r="B99" s="15"/>
       <c r="C99" s="15"/>
       <c r="D99" s="15"/>
       <c r="E99" s="15"/>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
     </row>
     <row r="100" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
       <c r="A100" s="15"/>
       <c r="B100" s="15"/>
       <c r="C100" s="15"/>
       <c r="D100" s="15"/>
       <c r="E100" s="15"/>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
     </row>
     <row r="101" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
       <c r="A101" s="15"/>
       <c r="B101" s="15"/>
       <c r="C101" s="15"/>
       <c r="D101" s="15"/>
       <c r="E101" s="15"/>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
     </row>
     <row r="102" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
       <c r="A102" s="15"/>
       <c r="B102" s="15"/>
       <c r="C102" s="15"/>
       <c r="D102" s="15"/>
       <c r="E102" s="15"/>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
     </row>
-    <row r="103" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A103" s="15"/>
       <c r="B103" s="15"/>
       <c r="C103" s="15"/>
       <c r="D103" s="15"/>
       <c r="E103" s="15"/>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
     </row>
-    <row r="104" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A104" s="15"/>
       <c r="B104" s="15"/>
       <c r="C104" s="15"/>
       <c r="D104" s="15"/>
       <c r="E104" s="15"/>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A105" s="15"/>
       <c r="B105" s="15"/>
       <c r="C105" s="15"/>
       <c r="D105" s="15"/>
       <c r="E105" s="15"/>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
     </row>
-    <row r="106" spans="1:9" x14ac:dyDescent="0.45">
-[...16 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1" autoFilter="0" pivotTables="0" password="96C0" sheet="true" scenarios="true" objects="true"/>
-  <mergeCells count="97">
+  <sheetProtection selectLockedCells="1" autoFilter="0" pivotTables="0" password="9AE2" sheet="true" scenarios="true" objects="true"/>
+  <mergeCells count="95">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:H3"/>
-    <mergeCell ref="A98:G107"/>
+    <mergeCell ref="A96:G105"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.98425196850393704" right="0.39370078740157483" top="1.3385826771653544" bottom="1.3779527559055118" header="0.19685039370078741" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0">
     <oddHeader>&amp;R&amp;G</oddHeader>
     <oddFooter xml:space="preserve"><![CDATA[&L&"Verdana,Fett"&10&K0067A5Qualitätssicherung – Vom Landwirt bis zur Ladentheke.&R&"Verdana,Standard"&7Bündlerliste: Erzeugung
 List of coordinators: Production 
-Stand: 03.11.2025
+Stand: 25.12.2025
   Seite &P von &N ]]></oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="1" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>