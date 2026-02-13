--- v1 (2025-12-25)
+++ v2 (2026-02-13)
@@ -37,51 +37,51 @@
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'A4 hoch'!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="410" uniqueCount="170">
   <si>
     <t xml:space="preserve">   Liste QS-zugelassener Bündler: Erzeugung
 List of QS-approved coordinators: production</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Produktionsart
 production scope</t>
   </si>
   <si>
     <t>Bundesland</t>
   </si>
   <si>
     <t>Unternehmen/ Company
 (QS-ID)
 Adresse/ Address</t>
   </si>
   <si>
     <t>Ansprechpartner/
 contact person</t>
   </si>
   <si>
     <t>Obst, Gemüse, Kartoffeln
@@ -447,51 +447,51 @@
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>CUDEMA SL</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4048473767125)
 ALCALDE ROGELIO ENCINAS
 11570 LA BARCA DE LA FLORIDA (CADIZ)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
-      <t>De Terp Squashpackers B.V.</t>
+      <t>De Terp Squashtrading B.V.</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4953113183728)
 Lutterveld 2a
 4117GV Erichem</t>
     </r>
   </si>
   <si>
     <t>HH</t>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Dittmeyer's Frucht-Plantagen GmbH &amp; Co. KG</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4048473136747)
@@ -1290,57 +1290,56 @@
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Landgard Obst &amp; Gemüse GmbH &amp; Co. KG</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735226706)
 Raiffeisenstraße 10
 53332 Bornheim</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
-      <t>Herr Lukas Zeitzem</t>
-[...3 lines deleted...]
-lukas.zeitzem@landgard.de
+      <t>Frau Janina Denter</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+janina.denter@landgard.de
 Tel: +49 (0) 2222 71209
-Mobile: +49 (0) 162 2060494
 Fax: +49 (0) 2222 71249</t>
     </r>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Landwirtschaftliche Qualitätssicherung Bayern GmbH</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735002218)
 Am Branden 6c
 85256 Vierkirchen</t>
     </r>
   </si>
   <si>
@@ -1468,51 +1467,51 @@
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>LMS Agrarberatung GmbH</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735000924)
 Am Bahnhof 4
 19086 Plate</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Frau Christiane Meyer</t>
     </r>
     <r>
       <t xml:space="preserve">
-sn@lms-beratung.de
+qm@lms-beratung.de
 Tel: +49 (0) 381 87713310
 Mobile: +49 (0) 162 1388101
 Fax: +49 (0) 381 87713370</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Lünekartoffel-Vertrieb GmbH &amp; Co. KG</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4001668000001)
 Oerzer Straße 14
 21394 Südergellersen</t>
     </r>
   </si>
   <si>
     <r>
@@ -1892,68 +1891,50 @@
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Otte GmbH</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735574432)
 Eddesser Landstraße 4
 31311 Uetze-Dollbergen</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
-      <t>Frau Nevim Krüger</t>
-[...16 lines deleted...]
-      </rPr>
       <t>Oxin Growers B.V.</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735777529)
 Handelscentrum ZHZ 40D
 2991 LD Barendrecht</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Herr Jan Hopmans</t>
     </r>
     <r>
       <t xml:space="preserve">
 janhopmans@oxin-growers.nl
 Tel: +31 180 203 274
 Mobile: +31 6 20201565</t>
@@ -2008,53 +1989,53 @@
         <family val="2"/>
       </rPr>
       <t>Herr Enrique Sabbione</t>
     </r>
     <r>
       <t xml:space="preserve">
 pm-qm@pfalzmarkt.de
 Tel: +49 (0) 6231 408140
 Fax: +49 (0) 6231 408133</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Proyecta Advisors, S.L.</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4048473498661)
-Calle Jesús Durbán Remón 2, 1?
-[...1 lines deleted...]
-www.proyectaingenio.com</t>
+Avenida de las Cantinas,2 
+04746 La Mojonera, Almería
+www.esproyecta.com</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Frau Maribel Vázquez García</t>
     </r>
     <r>
       <t xml:space="preserve">
 mvazquez@esproyecta.com
 Tel: +34 950 62 13 95
 Mobile: +34 662 66 49 35</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
@@ -2205,68 +2186,50 @@
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>SIMEC SRL</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4953113171509)
 Via Emilia Levante 19
 48018 Faenza</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
-      <t>Società Ortofrutticola Polignanese di L'Abbate D'Aprile e Scagliusi S.r.l.</t>
-[...16 lines deleted...]
-      </rPr>
       <t>SOLANA Deutschland GmbH &amp; Co. KG</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4048473250689)
 Albert-Einstein-Ring 5
 22761 Hamburg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>SSB Weser-Ems GmbH</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735000016)
 Jivitsweg 4
 49586 Neuenkirchen</t>
@@ -2449,68 +2412,50 @@
       <t>Van Haaften Fruit B.V.</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4953113169862)
 Bommelweg 26
 4014 PW Wadenoijen</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>Frau Emilia van Haaften</t>
     </r>
     <r>
       <t xml:space="preserve">
 emilia@vanhaaftenfruit.nl
 Tel: +31 344 662 211
 Mobile: +31 6 23835677</t>
-    </r>
-[...16 lines deleted...]
-5704 RG Helmond</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
         <sz val="8.0"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>VdAW Beratungs- und Service GmbH</t>
     </r>
     <r>
       <t xml:space="preserve">
 (4031735224528)
 Wollgrasweg 31
 70599 Stuttgart</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b val="true"/>
         <color theme="1"/>
@@ -3346,51 +3291,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/vmlDrawing1.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle34"/>
-  <dimension ref="A1:I105"/>
+  <dimension ref="A1:I103"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScale="115" zoomScaleNormal="100" zoomScalePageLayoutView="115" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="4" customWidth="true" width="4.0"/>
     <col min="5" max="5" customWidth="true" width="4.33203125"/>
     <col min="6" max="6" customWidth="true" width="3.33203125"/>
     <col min="7" max="8" customWidth="true" width="29.46484375"/>
     <col min="9" max="9" customWidth="true" hidden="true" width="0.0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="48" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17"/>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
       <c r="G1" s="17"/>
       <c r="H1" s="17"/>
@@ -4583,722 +4528,688 @@
       <c r="G64" s="13" t="s">
         <v>124</v>
       </c>
       <c r="H64" s="13" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="65" ht="71.65" customHeight="true">
       <c r="A65" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B65" s="14"/>
       <c r="C65" s="14"/>
       <c r="D65" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F65" s="14" t="s">
         <v>20</v>
       </c>
       <c r="G65" s="13" t="s">
         <v>126</v>
       </c>
-      <c r="H65" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H65" s="13"/>
     </row>
     <row r="66" ht="71.65" customHeight="true">
       <c r="A66" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B66" s="14"/>
       <c r="C66" s="14"/>
       <c r="D66" s="14"/>
       <c r="E66" s="14" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="14"/>
       <c r="G66" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="H66" s="13" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="67" ht="71.65" customHeight="true">
       <c r="A67" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B67" s="14"/>
       <c r="C67" s="14"/>
       <c r="D67" s="14"/>
       <c r="E67" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F67" s="14" t="s">
+        <v>129</v>
+      </c>
+      <c r="G67" s="13" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="H67" s="13"/>
     </row>
     <row r="68" ht="71.65" customHeight="true">
       <c r="A68" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B68" s="14"/>
       <c r="C68" s="14"/>
       <c r="D68" s="14"/>
       <c r="E68" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F68" s="14" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G68" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="H68" s="13" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="69" ht="71.65" customHeight="true">
       <c r="A69" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B69" s="14"/>
       <c r="C69" s="14"/>
       <c r="D69" s="14"/>
       <c r="E69" s="14" t="s">
         <v>24</v>
       </c>
       <c r="F69" s="14"/>
       <c r="G69" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="H69" s="13" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="70" ht="71.65" customHeight="true">
       <c r="A70" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B70" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="14" t="s">
         <v>12</v>
       </c>
       <c r="D70" s="14"/>
       <c r="E70" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F70" s="14" t="s">
         <v>20</v>
       </c>
       <c r="G70" s="13" t="s">
+        <v>135</v>
+      </c>
+      <c r="H70" s="13" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="71" ht="71.65" customHeight="true">
       <c r="A71" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B71" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="14"/>
       <c r="D71" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F71" s="14" t="s">
         <v>112</v>
       </c>
       <c r="G71" s="13" t="s">
+        <v>137</v>
+      </c>
+      <c r="H71" s="13" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="72" ht="71.65" customHeight="true">
       <c r="A72" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B72" s="14"/>
       <c r="C72" s="14"/>
       <c r="D72" s="14"/>
       <c r="E72" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F72" s="14" t="s">
         <v>18</v>
       </c>
       <c r="G72" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="H72" s="13" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="73" ht="71.65" customHeight="true">
       <c r="A73" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B73" s="14"/>
       <c r="C73" s="14"/>
       <c r="D73" s="14" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F73" s="14" t="s">
         <v>116</v>
       </c>
       <c r="G73" s="13" t="s">
+        <v>141</v>
+      </c>
+      <c r="H73" s="13" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="74" ht="71.65" customHeight="true">
       <c r="A74" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B74" s="14"/>
       <c r="C74" s="14"/>
       <c r="D74" s="14"/>
       <c r="E74" s="14" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="14"/>
       <c r="G74" s="13" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="H74" s="13"/>
     </row>
     <row r="75" ht="71.65" customHeight="true">
       <c r="A75" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B75" s="14"/>
       <c r="C75" s="14"/>
       <c r="D75" s="14"/>
       <c r="E75" s="14" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="F75" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F75" s="14" t="s">
+        <v>38</v>
+      </c>
       <c r="G75" s="13" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="H75" s="13"/>
     </row>
     <row r="76" ht="71.65" customHeight="true">
       <c r="A76" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B76" s="14"/>
-      <c r="C76" s="14"/>
+      <c r="B76" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C76" s="14" t="s">
+        <v>12</v>
+      </c>
       <c r="D76" s="14"/>
       <c r="E76" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F76" s="14" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="G76" s="13" t="s">
+        <v>145</v>
+      </c>
+      <c r="H76" s="13" t="s">
         <v>146</v>
       </c>
-      <c r="H76" s="13"/>
     </row>
     <row r="77" ht="71.65" customHeight="true">
       <c r="A77" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B77" s="14" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B77" s="14"/>
+      <c r="C77" s="14"/>
       <c r="D77" s="14"/>
       <c r="E77" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="F77" s="14"/>
       <c r="G77" s="13" t="s">
         <v>147</v>
       </c>
-      <c r="H77" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H77" s="13"/>
     </row>
     <row r="78" ht="71.65" customHeight="true">
       <c r="A78" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B78" s="14"/>
       <c r="C78" s="14"/>
       <c r="D78" s="14"/>
       <c r="E78" s="14" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="F78" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F78" s="14" t="s">
+        <v>112</v>
+      </c>
       <c r="G78" s="13" t="s">
+        <v>148</v>
+      </c>
+      <c r="H78" s="13" t="s">
         <v>149</v>
       </c>
-      <c r="H78" s="13"/>
     </row>
     <row r="79" ht="71.65" customHeight="true">
       <c r="A79" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B79" s="14"/>
       <c r="C79" s="14"/>
       <c r="D79" s="14"/>
       <c r="E79" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="F79" s="14"/>
       <c r="G79" s="13" t="s">
         <v>150</v>
       </c>
-      <c r="H79" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H79" s="13"/>
     </row>
     <row r="80" ht="71.65" customHeight="true">
       <c r="A80" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B80" s="14"/>
       <c r="C80" s="14"/>
       <c r="D80" s="14"/>
       <c r="E80" s="14" t="s">
         <v>22</v>
       </c>
       <c r="F80" s="14"/>
       <c r="G80" s="13" t="s">
+        <v>151</v>
+      </c>
+      <c r="H80" s="13" t="s">
         <v>152</v>
       </c>
-      <c r="H80" s="13"/>
     </row>
     <row r="81" ht="71.65" customHeight="true">
       <c r="A81" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B81" s="14"/>
       <c r="C81" s="14"/>
       <c r="D81" s="14"/>
       <c r="E81" s="14" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="14"/>
       <c r="G81" s="13" t="s">
         <v>153</v>
       </c>
-      <c r="H81" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H81" s="13"/>
     </row>
     <row r="82" ht="71.65" customHeight="true">
       <c r="A82" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B82" s="14"/>
       <c r="C82" s="14"/>
       <c r="D82" s="14"/>
       <c r="E82" s="14" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="F82" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F82" s="14" t="s">
+        <v>20</v>
+      </c>
       <c r="G82" s="13" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="H82" s="13"/>
     </row>
     <row r="83" ht="71.65" customHeight="true">
       <c r="A83" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B83" s="14"/>
       <c r="C83" s="14"/>
       <c r="D83" s="14"/>
       <c r="E83" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="F83" s="14"/>
       <c r="G83" s="13" t="s">
+        <v>155</v>
+      </c>
+      <c r="H83" s="13" t="s">
         <v>156</v>
       </c>
-      <c r="H83" s="13"/>
     </row>
     <row r="84" ht="71.65" customHeight="true">
       <c r="A84" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B84" s="14"/>
-      <c r="C84" s="14"/>
+      <c r="C84" s="14" t="s">
+        <v>12</v>
+      </c>
       <c r="D84" s="14"/>
       <c r="E84" s="14" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="F84" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F84" s="14" t="s">
+        <v>112</v>
+      </c>
       <c r="G84" s="13" t="s">
         <v>157</v>
       </c>
       <c r="H84" s="13" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="85" ht="71.65" customHeight="true">
       <c r="A85" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B85" s="14"/>
       <c r="C85" s="14"/>
       <c r="D85" s="14"/>
       <c r="E85" s="14" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="F85" s="14"/>
       <c r="G85" s="13" t="s">
         <v>159</v>
       </c>
       <c r="H85" s="13"/>
     </row>
     <row r="86" ht="71.65" customHeight="true">
       <c r="A86" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B86" s="14"/>
-      <c r="C86" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C86" s="14"/>
       <c r="D86" s="14"/>
       <c r="E86" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="F86" s="14"/>
       <c r="G86" s="13" t="s">
         <v>160</v>
       </c>
-      <c r="H86" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H86" s="13"/>
     </row>
     <row r="87" ht="71.65" customHeight="true">
       <c r="A87" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B87" s="14"/>
       <c r="C87" s="14"/>
       <c r="D87" s="14"/>
       <c r="E87" s="14" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="F87" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="F87" s="14" t="s">
+        <v>92</v>
+      </c>
       <c r="G87" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="H87" s="13" t="s">
         <v>162</v>
       </c>
-      <c r="H87" s="13"/>
     </row>
     <row r="88" ht="71.65" customHeight="true">
       <c r="A88" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B88" s="14"/>
       <c r="C88" s="14"/>
       <c r="D88" s="14"/>
       <c r="E88" s="14" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F88" s="14"/>
       <c r="G88" s="13" t="s">
         <v>163</v>
       </c>
-      <c r="H88" s="13"/>
+      <c r="H88" s="13" t="s">
+        <v>164</v>
+      </c>
     </row>
     <row r="89" ht="71.65" customHeight="true">
       <c r="A89" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B89" s="14"/>
       <c r="C89" s="14"/>
       <c r="D89" s="14"/>
       <c r="E89" s="14" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="F89" s="14"/>
       <c r="G89" s="13" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H89" s="13" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="90" ht="71.65" customHeight="true">
       <c r="A90" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B90" s="14"/>
       <c r="C90" s="14"/>
       <c r="D90" s="14"/>
       <c r="E90" s="14" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F90" s="14"/>
       <c r="G90" s="13" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="H90" s="13" t="s">
         <v>167</v>
       </c>
+      <c r="H90" s="13"/>
     </row>
     <row r="91" ht="71.65" customHeight="true">
       <c r="A91" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B91" s="14"/>
       <c r="C91" s="14"/>
       <c r="D91" s="14"/>
       <c r="E91" s="14" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="F91" s="14"/>
       <c r="G91" s="13" t="s">
         <v>168</v>
       </c>
       <c r="H91" s="13" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="92" ht="71.65" customHeight="true">
-[...34 lines deleted...]
-      <c r="A94" s="3" t="s">
+    <row r="92" spans="1:9" x14ac:dyDescent="0.45">
+      <c r="A92" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B94" s="4" t="s">
+      <c r="B92" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="C94" s="4" t="s">
+      <c r="C92" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="D94" s="4" t="s">
+      <c r="D92" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E94" s="4" t="s">
+      <c r="E92" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="F94" s="4" t="s">
+      <c r="F92" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="G94" s="4" t="s">
+      <c r="G92" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="H94" s="4" t="s">
+      <c r="H92" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="95" spans="1:9" s="5" customFormat="1" ht="11.25" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="I95" s="9" t="s">
+    <row r="93" spans="1:9" s="5" customFormat="1" ht="11.25" x14ac:dyDescent="0.3">
+      <c r="B93" s="6"/>
+      <c r="C93" s="6"/>
+      <c r="D93" s="6"/>
+      <c r="E93" s="6"/>
+      <c r="F93" s="6"/>
+      <c r="G93" s="7"/>
+      <c r="H93" s="8"/>
+      <c r="I93" s="9" t="s">
         <v>1</v>
       </c>
     </row>
+    <row r="94" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
+      <c r="A94" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B94" s="15"/>
+      <c r="C94" s="15"/>
+      <c r="D94" s="15"/>
+      <c r="E94" s="15"/>
+      <c r="F94" s="15"/>
+      <c r="G94" s="15"/>
+    </row>
+    <row r="95" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
+      <c r="A95" s="15"/>
+      <c r="B95" s="15"/>
+      <c r="C95" s="15"/>
+      <c r="D95" s="15"/>
+      <c r="E95" s="15"/>
+      <c r="F95" s="15"/>
+      <c r="G95" s="15"/>
+    </row>
     <row r="96" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
-      <c r="A96" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A96" s="15"/>
       <c r="B96" s="15"/>
       <c r="C96" s="15"/>
       <c r="D96" s="15"/>
       <c r="E96" s="15"/>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
     </row>
     <row r="97" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
       <c r="A97" s="15"/>
       <c r="B97" s="15"/>
       <c r="C97" s="15"/>
       <c r="D97" s="15"/>
       <c r="E97" s="15"/>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
     </row>
     <row r="98" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
       <c r="A98" s="15"/>
       <c r="B98" s="15"/>
       <c r="C98" s="15"/>
       <c r="D98" s="15"/>
       <c r="E98" s="15"/>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
     </row>
     <row r="99" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
       <c r="A99" s="15"/>
       <c r="B99" s="15"/>
       <c r="C99" s="15"/>
       <c r="D99" s="15"/>
       <c r="E99" s="15"/>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
     </row>
     <row r="100" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
       <c r="A100" s="15"/>
       <c r="B100" s="15"/>
       <c r="C100" s="15"/>
       <c r="D100" s="15"/>
       <c r="E100" s="15"/>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
     </row>
-    <row r="101" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A101" s="15"/>
       <c r="B101" s="15"/>
       <c r="C101" s="15"/>
       <c r="D101" s="15"/>
       <c r="E101" s="15"/>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
     </row>
-    <row r="102" spans="1:9" s="5" customFormat="1" ht="9.75" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A102" s="15"/>
       <c r="B102" s="15"/>
       <c r="C102" s="15"/>
       <c r="D102" s="15"/>
       <c r="E102" s="15"/>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A103" s="15"/>
       <c r="B103" s="15"/>
       <c r="C103" s="15"/>
       <c r="D103" s="15"/>
       <c r="E103" s="15"/>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
     </row>
-    <row r="104" spans="1:9" x14ac:dyDescent="0.45">
-[...16 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1" autoFilter="0" pivotTables="0" password="9AE2" sheet="true" scenarios="true" objects="true"/>
-  <mergeCells count="95">
+  <sheetProtection selectLockedCells="1" autoFilter="0" pivotTables="0" password="C1A9" sheet="true" scenarios="true" objects="true"/>
+  <mergeCells count="93">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:H3"/>
-    <mergeCell ref="A96:G105"/>
+    <mergeCell ref="A94:G103"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.98425196850393704" right="0.39370078740157483" top="1.3385826771653544" bottom="1.3779527559055118" header="0.19685039370078741" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter scaleWithDoc="0">
     <oddHeader>&amp;R&amp;G</oddHeader>
     <oddFooter xml:space="preserve"><![CDATA[&L&"Verdana,Fett"&10&K0067A5Qualitätssicherung – Vom Landwirt bis zur Ladentheke.&R&"Verdana,Standard"&7Bündlerliste: Erzeugung
 List of coordinators: Production 
-Stand: 25.12.2025
+Stand: 13.02.2026
   Seite &P von &N ]]></oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="1" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>